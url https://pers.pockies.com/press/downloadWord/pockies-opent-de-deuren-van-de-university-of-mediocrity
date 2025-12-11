--- v0 (2025-11-18)
+++ v1 (2025-12-11)
@@ -179,51 +179,51 @@
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape id="_x0000_s1019" type="#_x0000_t32" style="width:450pt; height:0pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
             <v:stroke weight="0.1pt"/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Over: Pockies</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Pockies begon in 2015 als een grap onder vrienden met de uitvinding van &amp;#039;s werelds eerste boxershort met zakken. Boven alle verwachtingen verkocht de eerste partij ondergoed binnen de kortste keren en legden zo de basis om hun merk op te bouwen rond hun visie voor Couch Couture. Pyjama&amp;#039;s, joggers, t-shirts, dikke sokken en nog veel meer volgden en ze hebben het hun persoonlijke levensdoel gemaakt om comfort over de hele planeet te verspreiden.</w:t>
+        <w:t xml:space="preserve">Pockies begon in 2015 als een grap onder vrienden met de uitvinding van 's werelds eerste boxershort met zakken. Boven alle verwachtingen verkocht de eerste partij ondergoed binnen de kortste keren en legden zo de basis om hun merk op te bouwen rond hun visie voor Couch Couture. Pyjama's, joggers, t-shirts, dikke sokken en nog veel meer volgden en ze hebben het hun persoonlijke levensdoel gemaakt om comfort over de hele planeet te verspreiden.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Newsroom</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Bekijk het volledige persbericht inclusief meer foto's en video's in onze Newsroom.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:hyperlink r:id="rId9" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0000FF"/>
@@ -251,51 +251,51 @@
         <w:rPr>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Contact informatie</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Naam: Michiel</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E-mail: michiel@pockies.com</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Telefoon: 0621715581</w:t>
+        <w:t xml:space="preserve">Telefoonnummer: 0621715581</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">